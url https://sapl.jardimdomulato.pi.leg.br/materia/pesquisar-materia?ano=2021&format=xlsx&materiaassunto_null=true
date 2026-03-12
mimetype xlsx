--- v0 (2025-10-28)
+++ v1 (2026-03-12)
@@ -54,731 +54,731 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Renas</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_no_001.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_no_001.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Sr. Prefeito Municipal, ouvido o Plenário, solicitando que Crie a Secretária Municipal de Transportes no Município de Jardim do Mulato</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>IVONILDE DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_decreto_legislativo_n_002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_decreto_legislativo_n_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de  cidadão Mulatense, e dá outras providências.”.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Grigória</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_decreto_legislativo_n_003.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_decreto_legislativo_n_003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de  cidadão Mulatense, e dá outras  providências.”.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_decreto_legislativo_n_004.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_decreto_legislativo_n_004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão Mulatense, e dá outras providências.”.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Moisés Neto</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_001.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN AOS PROFISSIONAIS E EMPRESAS QUE FICARAM IMPEDIDOS DE PRESTAR SERVIÇOS DURANTE A SITUAÇÃO DE EMERGÊNCIA DECRETADA PARA ENFRENTAMENTO DA COVID-19</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA PERMANENTE DE ORIENTAÇÃO, PREVENÇÃO E CONSCIENTIZAÇÃO DA DEPRESSÃO, TRANSTORNO DE ANSIEDADE E SÍNDROME DO PÂNICO</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_003.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_003.docx.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES PARA A IMPLANTAÇÃO DO PROGRAMA JOVEM ATLETA NO MUNICÍPIO DE JARDIM DO MULATO</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_no_004.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_no_004.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE JARDIM DO MULATO A “SEMANA MUNICIPAL DO PRIMEIRO EMPREGO”, A SER REALIZADA, ANUALMENTE, A PARTIR DO DIA 10 DE ABRIL</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dejair Lima de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_-_consorcio_compra_de_vacinas.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_-_consorcio_compra_de_vacinas.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_municipal_2_-_fundeb.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_municipal_2_-_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020 e da outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_-_conselho_da_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_-_conselho_da_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, composição e atribuições do Conselho Municipal dos Direitos da Pessoa com Deficiência e dá outras providências</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei_-_conselho_do_idoso.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei_-_conselho_do_idoso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Direitos da Pessoa Idosa, do Fundo Municipal de Direitos da Pessoa Idosa e dá outras Providências</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_-_politica_ambiental_-_jardim_do_mulato.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_-_politica_ambiental_-_jardim_do_mulato.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE MEIO AMBIENTE E DESENVOLVIMENTO SUSTENTÁVEL, DORAVANTE DENOMINADA DE LEI LAGOA DO MULATO; QUE INSTITUI O CADASTRO MUNICIPAL DE ATIVIDADES POTENCIALMENTE DEGRADADORAS E UTILIZADORAS DE RECURSOS NATURAIS - CMAPD E A TAXA DE CONTROLE E FISCALIZAÇÃO AMBIENTAL - TCFA, NO MUNICÍPIO DE JARDIM DOMULATO - PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_-_antecipacao_do_feriado_aniversario_da_cidade.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_-_antecipacao_do_feriado_aniversario_da_cidade.pdf</t>
   </si>
   <si>
     <t>ALTERA EXCEPCIONALMENTE O FERIADO DO ANIVERSÁRIO DA CIDADE DE JARDIM DO MULATO-PI, FACE A CALAMIDADE PÚBLICA DECORRENTE DA PANDEMIA DA COVID-19, NA FORMA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/39/ga64.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/39/ga64.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Paulim do Mulato</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_no_004.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_no_004.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proteção contra a poluição sonora, controle de sonorização nociva ou perigosa em áreas públicas, particulares e estabelecimentos comerciais, disciplina a pirotecnia e dá outras providências”.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_010_-_criacao_do_programa_peixe_na_mesa.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_010_-_criacao_do_programa_peixe_na_mesa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO PROGRAMA "PEIXE NA MESA", COM O OBJETIVO DE DOAR PEIXES E CESTAS BÁSICAS ÀS PESSOAS CARENTES DO MUNICÍPIO DE JARDIM DO MULATO - PI, NO PERÍODO DA SEMANA SANTA.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_009_-_insecao_fiscal_-_programa_casa_verde_e_amarela.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_009_-_insecao_fiscal_-_programa_casa_verde_e_amarela.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESONERAÇÃO FISCAL DAS OPERAÇÕES INCIDENTES SOBRE O PROGRAMA CASA VERDE E AMARELA DO GOVERNO FEDERAL, REALIZADAS NO ÂMBITO DO MUNICÍPIO DE JARDIM DO MULATO - PI, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/57/projeto_11.2021_-_incentivo_de_desempenho.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/57/projeto_11.2021_-_incentivo_de_desempenho.pdf</t>
   </si>
   <si>
     <t>“NORMATIZA A EXECUÇÃO, NO MUNICÍPIO DE JARDIM DO MULATO - PI, DO INCENTIVO DE DESEMPENHO PREVISTO NA PORTARIA Nº 2.979, DE 12 DE NOVEMBRO DE 2019, DO MINISTÉRIO DA SAÚDE, VOLTADO AOS PROFISSIONAIS DAS EQUIPES DE SAÚDE DA FAMÍLIA – eSF eSB/MULTIPROFISSIONAIS VINCULADOS A ATENÇÃO PRIMÁRIA À SAÚDE, COM RECURSOS FINANCEIROS ADVINDOS DO PROGRAMA PREVINE BRASIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Rogerio</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/59/projeto_de_lei_no005.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/59/projeto_de_lei_no005.pdf</t>
   </si>
   <si>
     <t>“Dispões sobre a Nomeação de logradouros públicos e numeração predial para o perímetro urbano e rural do Município de Jardim do mulato-PI e dá outras providências”.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_n_006.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_n_006.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre denominação de Logradouros públicos.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/67/proejto_de_lei_007_-_denominacao_da_rua_anastacio_chaves_de_araujo.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/67/proejto_de_lei_007_-_denominacao_da_rua_anastacio_chaves_de_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouros públicos.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/68/proejto_de_lei_008_-_denominacao_da_rua_cicero_caderudo.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/68/proejto_de_lei_008_-_denominacao_da_rua_cicero_caderudo.pdf</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no013_202120211001093148.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no013_202120211001093148.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa as despesa da administração direta e indireta do Municipio de Jardim do Mulato/PI, para o exercício Financeiro de 2022</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_ppa_2022_2025.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_ppa_2022_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI PPA QUADRIÊNIO 2022/2025.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_resolucao_no_001.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_resolucao_no_001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BANCO DE IDEIAS NO ÂMBITO DA CÂMARA MUNICIPAL DE JARDIM DO MULATO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_resolucao_no_002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_resolucao_no_002.pdf</t>
   </si>
   <si>
     <t>Institui ritos de procedimentos para a realização de sessões ordinárias e extraordinárias, na modalidade remota, no âmbito da Câmara Municipal de Jardim do Mulato - PI, como solução a ser utilizada durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no001-2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no001-2021.pdf</t>
   </si>
   <si>
     <t>Convoca a Controladora do Município a comparecer na próxima sessão ordinária da Câmara para prestar esclarecimentos sobre sua pasta.</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0002.pdf</t>
   </si>
   <si>
     <t>solicita a Limpeza na Avenida principal do Baixão das Caraíbas</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0003.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0003.pdf</t>
   </si>
   <si>
     <t>Requer recuperação das ruas do Povoado Baixão das Caraíbas e estrada que liga o referido povoado a Comunidade Mangabeira.</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/16/req._0004_2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/16/req._0004_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reposição de lâmpada na rodovia PI 236 trecho que passa no Baixão das Caraíbas  e na mesma rodovia trecho mulato velho</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/17/req.0005__2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/17/req.0005__2021.pdf</t>
   </si>
   <si>
     <t>Requer o pagamento dos servidores municipais referente ao mês de dezembro de 2020.</t>
   </si>
   <si>
     <t>DOLLAR</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/18/req._06.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/18/req._06.pdf</t>
   </si>
   <si>
     <t>Requer reforma no sistema de abastecimentos de agua do Povoado Mimoso</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_007.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO PREFEITO MUNICIPAL, SENHOR DJAIR LIMA DE SOUSA, REQUERENDO QUE O MESMO SE DIGNE A EXECUTAR A INSTALAÇÃO DE ILUMINAÇÃO DA QUADRA POLIESPORTIVA DA COMUNIDADE PITOMBEIRA</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_008.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_008.docx.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO PREFEITO MUNICIPAL, SENHOR DEJAIR LIMA DE SOUSA, REQUERENDO QUE O MESMO SE DIGNE A SUBSTITUIR UMA CAIXA DE 15 MIL LITROS NA COMUNIDADE PITOMBEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_009.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_009.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO PREFEITO MUNICIPAL, SENHOR DEJAIR LIMA DE SOUSA – BINHA MACIEL , REQUERENDO QUE O MESMO SE DIGNE COLETA DE RESÍDUOS SÓLIDOS NA COMUNIDADE PITOMBEIRA</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no10.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no10.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADA EXPEDIENTE A SECRETARIA NACIONAL DE JUVENTUDE, SENHORA EMILLY COELHO , REQUERENDO QUE A MESMA SE DIGNE A DESIGNE A AUTORIZAR A INSTALAÇÃO DO PROJETO ESPAÇO 4.0.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_n_11-2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_n_11-2021.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Senhor Secretário de Segurança Pública do Estado do Piauí, Rubens da Silva Pereira, para que implante no Município Jardim do Mulato – PI  o Projeto “PELOTÃO MIRIM CIDADÃO”</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_n12.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_n12.pdf</t>
   </si>
   <si>
     <t>Solicita o comparecimento do  Ex-prefeito Municipal Sr. Airton José da Costa Veloso, para que compareça à próxima sessão ordinária desta Casa Legislativa a ser realizada no dia 23 de abril de 2021 às 19:00 horas</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req._0013.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req._0013.docx.pdf</t>
   </si>
   <si>
     <t>Requer nos termos do art. 27º do Regimento Interno Da Câmara Municipal, após ouvido o plenário, que seja enviado expediente ao Prefeito Municipal e ao Secretário Municipal de Obras e Serviços Públicos, solicitando a limpeza das Caixas d’água da Comunidade Pitombeira e demais Comunidades do Nosso Município.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Antonio Jose</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req._0014.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req._0014.pdf</t>
   </si>
   <si>
     <t>Solicita Recuperação de estrada vicinal no trecho da Comunidade Chapadinha da Mangabeira até a Mata do Inferno</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req._0015.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req._0015.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para discutir os aspectos da contribuição dos impostos referentes ao ano de 2021</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Antonio  José</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_016.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_016.pdf</t>
   </si>
   <si>
     <t>Solicita a complementação da iluminação publica na Comunidade Areias do Zé Ferreira e Implantação de Iluminação Pública na Comunidade Chapadinha da Mangabeira</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_n_17.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_n_17.docx.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da Iluminação Pública na Comunidade Lagoa dos Cocos.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_n_18.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_n_18.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada vicinal, trecho que liga a Comunidade Lagoa dos Cocos à Comunidade Baixa Grande.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Hildo</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_019.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_019.pdf</t>
   </si>
   <si>
     <t>Requer em caráter de urgência, a instalação de uma bomba submersa na localidade Chapada do Garrafão, município de Jardim do Mulato – PI</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_n_020.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_n_020.docx.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão como grupo prioritário de acesso à vacinação contra a COVID-19 os trabalhadores do Comercio, Bares e Academias do Município de Jardim do Mulato</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_023.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria Municipal de Saúde, que Cadastre e teste swab rápido para os familiares de infectados e suspeitos de infecção pelo covid-19 e designe um profissional de saúde, de preferência um Fisioterapeuta para fazer o acompanhamento de infectados.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_n_22.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_n_22.docx.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO DIRETOR DO DETRAN – PI, SENHOR GARCIAS GUEDES, REQUERENDO QUE O MESMO SOLICITE A INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL NA AVENIDA JAIME SOARES NO MUNICÍPIO DE JARDIM DO MULATO - PIAUÍ.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_n_21.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_n_21.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO PRESIDENTE DA FUNDAÇÃO DE ESPORTES DO PIAUÍ - FUNDESPI, SENHOR CLEMILTON QUEIROZ, REQUERENDO QUE O MESMO SOLICITE O ENVIO DE UM PROFISSIONAL AO MUNICÍPIO DE JARDIM DO MULATO PARA A REALIZAÇÃO DE CURSOS DE ARBITRO AMADOR</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_024.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_024.docx.pdf</t>
   </si>
   <si>
     <t>solicitando providência urgente, em uma solução emergencial mais eficaz para resolver a falta de abastecimento de água no município _x000D_
 de Jardim do Mulato sobre tudo nos povoados Baixão das Caraíbas, Mimoso, Zé Ferreira e Brejo Seco.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_025.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_025.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas indicativas de nomes de ruas, e número para as residências que não possuem, tanto no centro quanto nos bairros da cidade e zona rural.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req._26.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req._26.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação da estrada vicinal, trecho que liga o Povoado Seriema a sede da Empresa Areadan</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_027.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_027.docx.pdf</t>
   </si>
   <si>
     <t>Solicita a Secretaria Municipal de Saúde a instituir no município o Programa Busca Ativa Covid-19</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_n_28.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_n_28.pdf</t>
   </si>
   <si>
     <t>Solicita a Secretaria de obras e Serviços públicos a implantação de iluminação pública na comunidade Larges</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/58/proposta_de_emenda_a__lei_organica_.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/58/proposta_de_emenda_a__lei_organica_.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso IV ao artigo 39 e corrigi a redação do parágrafo primeiro, retira o parágrafo sexto e dá outras providências</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t xml:space="preserve">COMISSÃO DE ORÇAMENTO E FINANÇAS </t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/42/parecer_001_comissao_de_orcamento_e_financas.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/42/parecer_001_comissao_de_orcamento_e_financas.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Desfavorável ao Projeto de Lei n° 002/2021, de 05 de março de 2021, que "Dispõe sobre a isenção do imposto sobre serviços de qualquer natureza</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/54/parecer_002_de_2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/54/parecer_002_de_2021.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Favorável ao Projeto de Lei n° 008/2021, de 27 de Abril de 2021, que "Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o Exercício Financeiro de 2022 e dá outras providências</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/69/parecer_003.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/69/parecer_003.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre parecer ao projeto de Lei nº 005/2021</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/74/parecer_004_de_2021.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/74/parecer_004_de_2021.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Favorável ao Projeto de Lei n° 013/2021, de 29 de setembro de 2021, que "Estima a receita e fixa a despesa da administração direta e indireta do município de jardim do Mulato/PI para o Exercício Financeiro de 2022”.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/75/parecer_005.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/75/parecer_005.docx.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Favorável ao Projeto de Lei n° 005/2021, de 05 de março de 2021, que “Dispõe sobre a Nomeação de logradouros públicos e numeração predial para o perímetro urbano e rural do Município de Jardim do mulato-PI e dá outras providências”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/76/parecer_cof.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/76/parecer_cof.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Exercicio 2017</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t xml:space="preserve">COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL </t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/77/parecer_no007_ccj.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/77/parecer_no007_ccj.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Favorável ao Projeto de Lei n°006 de 26 de outubro de 2021, que "Dispõe sobre a Criação do Plano Plurianual do Município de Jardim do_x000D_
 Mulato, para Período 2022 a 2025”.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/78/parecer_no008_da_cof_-_ppa.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/78/parecer_no008_da_cof_-_ppa.pdf</t>
   </si>
   <si>
     <t>EMITIR PARECER PELA APROVAÇÃO DO PLANO PLURIANUAL (PPA) – QUADRIÊNIO 2022/2025 – LEI DE INICIATIVA DO PODER EXECUTIVO – APRECIAÇÃO DA CÂMARA MUNICIPAL DE JARDIM DO MULATO – CONSTITUCIONALIDADE E LEGALIDADE</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/81/parecer_da_cof_prestacao_de_contas_2018.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/81/parecer_da_cof_prestacao_de_contas_2018.pdf</t>
   </si>
   <si>
     <t>Emite parecer favorável à confecção de Projeto de Decreto Legislativo pela aprovação de contas do Exercício Financeiro 2018 com ressalva.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1085,68 +1085,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_no_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_decreto_legislativo_n_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_decreto_legislativo_n_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_decreto_legislativo_n_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_no_004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_-_consorcio_compra_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_municipal_2_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_-_conselho_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei_-_conselho_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_-_politica_ambiental_-_jardim_do_mulato.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_-_antecipacao_do_feriado_aniversario_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/39/ga64.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_no_004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_010_-_criacao_do_programa_peixe_na_mesa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_009_-_insecao_fiscal_-_programa_casa_verde_e_amarela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/57/projeto_11.2021_-_incentivo_de_desempenho.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/59/projeto_de_lei_no005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/67/proejto_de_lei_007_-_denominacao_da_rua_anastacio_chaves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/68/proejto_de_lei_008_-_denominacao_da_rua_cicero_caderudo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no013_202120211001093148.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_resolucao_no_001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no001-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/16/req._0004_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/17/req.0005__2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/18/req._06.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_008.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_n12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req._0013.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req._0014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req._0015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_n_17.docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_n_18.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_n_020.docx.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_n_22.docx.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_n_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_024.docx.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req._26.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_027.docx.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_n_28.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/58/proposta_de_emenda_a__lei_organica_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/42/parecer_001_comissao_de_orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/54/parecer_002_de_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/69/parecer_003.docx.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/74/parecer_004_de_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/75/parecer_005.docx.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/76/parecer_cof.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/77/parecer_no007_ccj.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/78/parecer_no008_da_cof_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/81/parecer_da_cof_prestacao_de_contas_2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_no_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_decreto_legislativo_n_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_decreto_legislativo_n_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_decreto_legislativo_n_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_no_004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_-_consorcio_compra_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_municipal_2_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei_-_conselho_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei_-_conselho_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_-_politica_ambiental_-_jardim_do_mulato.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_-_antecipacao_do_feriado_aniversario_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/39/ga64.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_no_004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_010_-_criacao_do_programa_peixe_na_mesa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_009_-_insecao_fiscal_-_programa_casa_verde_e_amarela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/57/projeto_11.2021_-_incentivo_de_desempenho.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/59/projeto_de_lei_no005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/67/proejto_de_lei_007_-_denominacao_da_rua_anastacio_chaves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/68/proejto_de_lei_008_-_denominacao_da_rua_cicero_caderudo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no013_202120211001093148.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_resolucao_no_001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no001-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_0002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_0003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/16/req._0004_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/17/req.0005__2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/18/req._06.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_008.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no10.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_n_11-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_n12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/38/req._0013.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/40/req._0014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/43/req._0015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_n_17.docx.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_n_18.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_n_020.docx.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_n_22.docx.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_n_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_024.docx.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req._26.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_027.docx.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_n_28.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/58/proposta_de_emenda_a__lei_organica_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/42/parecer_001_comissao_de_orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/54/parecer_002_de_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/69/parecer_003.docx.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/74/parecer_004_de_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/75/parecer_005.docx.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/76/parecer_cof.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/77/parecer_no007_ccj.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/78/parecer_no008_da_cof_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2021/81/parecer_da_cof_prestacao_de_contas_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>