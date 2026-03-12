--- v0 (2025-10-29)
+++ v1 (2026-03-12)
@@ -54,683 +54,683 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>DOLLAR</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_001.docx</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_001.docx</t>
   </si>
   <si>
     <t>Sugeri à Administração Municipal, a adoção da seguinte medida, após deliberação e despacho desta Presidência, na forma regimental, que reajuste o Salário dos Conselheiros Tutelares para R$ 1.950,00 (mil novecentos e cinquenta reais).</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rogerio</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/185/incidacao_002.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/185/incidacao_002.docx.pdf</t>
   </si>
   <si>
     <t>Indica a administração Municipal que faça um reajuste salarial para os ocupantes de cargos Comissionados no Município de Jardim do Mulato - PI</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t xml:space="preserve">COMISSÃO DE ORÇAMENTO E FINANÇAS </t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_decreto_legislativo_no01.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_decreto_legislativo_no01.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas da Prefeitura Municipal de Jardim do Mulato - PI, referente ao exercício de 2019.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_decreto_legislativo_no02.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_decreto_legislativo_no02.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas da Prefeitura Municipal de Jardim do Mulato - PI, referente ao exercício de 2020</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Renas</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_decreto_legislativo_no_003.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_decreto_legislativo_no_003.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão Mulatense, e dá outras  providências.”</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Dejair Lima de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_n_01.2023_-_adequacao_ao_piso_salarial_-_professores.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_n_01.2023_-_adequacao_ao_piso_salarial_-_professores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste do piso nacional salarial dos profissionais do magistério público da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_-_criacao_de_cargos_camara_de_vereadores2.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_-_criacao_de_cargos_camara_de_vereadores2.pdf</t>
   </si>
   <si>
     <t>Altera a Lei N° _______ que dispõe sobre a regularização do quadro funcional e organizacional da Câmara Municipal de Jardim do Mulato-PI e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_002.2023_-_altera_o_artigo_529__2_da_lei_no_291_de_23_de_novembro_de_2022.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_002.2023_-_altera_o_artigo_529__2_da_lei_no_291_de_23_de_novembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 529, § 2°, da Lei nº 291, de 23 de novembro de 2022.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_04_camara.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_04_camara.pdf</t>
   </si>
   <si>
     <t>Regulamenta a gratificação do CONTROLADOR GERAL da Casa Legislativa, reajusta os vencimentos do TESOUREIRO da Câmara Municipal de Jardim do Mulato-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/143/pdf_00103032023_-_projeto_lei_-_consignacao.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/143/pdf_00103032023_-_projeto_lei_-_consignacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com instituições bancárias ou de cooperativas de crédito para concessão de empréstimos consignados aos servidores públicos municipais, conforme especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/148/projeto_de_lei_no_004.2023_-_desempenho_previne_brasil.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/148/projeto_de_lei_no_004.2023_-_desempenho_previne_brasil.pdf</t>
   </si>
   <si>
     <t>Normatiza a execução, no município de Jardim do Mulato - PI, do Incentivo de Desempenho previsto na Portaria nº 2.979, de 12 de novembro de 2019, do Ministério da Saúde, voltado aos profissionais das equipes de saúde da família – Esf, Esb/Multiprofissionais, Técnico de Informatização/TI e Coordenação da Atenção Básica, vinculados a Atenção Primária à Saúde, com recursos financeiros advindos do Programa Previne Brasil, e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/149/projeto_de_lei_no_005.2023_-_cmdca_fmdca.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/149/projeto_de_lei_no_005.2023_-_cmdca_fmdca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente de Jardim do Mulato/PI e dá outras providencias.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_lei_no_006.2023_-_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_lei_no_006.2023_-_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da denominação do imóvel CENTRO CULTURAL MUNICIPAL RAIMUNDO DA COSTA VELOSO passando a ser denominado CENTRO DE REFERÊNCIA À ASSISTÊNCIA SOCIAL RAIMUNDO DA COSTA VELOSO, e dá outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_no_008.2023_-_contratar_operacao_de_credito_com_a_caixa_economica_federal.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_no_008.2023_-_contratar_operacao_de_credito_com_a_caixa_economica_federal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_no_009.2023_-_denomina_posto_de_saude_seriema.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_no_009.2023_-_denomina_posto_de_saude_seriema.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Posto de Saúde localizado no Povoado Seriema, município de Jardim do Mulato-PI.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_o_007.2023_-_ldo_2024_compressed.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_o_007.2023_-_ldo_2024_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o Exercício Financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_de_lei_camara_-_grafificacao_ao_presidente_da_comissao_de_licitacao-1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_de_lei_camara_-_grafificacao_ao_presidente_da_comissao_de_licitacao-1.pdf</t>
   </si>
   <si>
     <t>Regulamenta a gratificação destinada ao Presidente da Comissão Permanente de Licitação da casa legislativa, e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_no_011.2023_-_politica_municipal_sobre_mudancas_climaticas_-_pmmc.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_no_011.2023_-_politica_municipal_sobre_mudancas_climaticas_-_pmmc.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal sobre Mudanças Climáticas - PMMC, e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_no_010.2023_-_licenciamento_ambiental.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_no_010.2023_-_licenciamento_ambiental.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Licenciamento Ambiental no município de Jardim do Mulato e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_013.2023_-_suplementacao_20__loa_2023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_013.2023_-_suplementacao_20__loa_2023.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo Municipal a abrir Crédito Adicional Suplementar em mais 20% (vinte por cento) do Orçamento-Programa vigente, para o fim a que se destina.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_012.2023_-_credito_especial_-_paulo_gustavo.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_012.2023_-_credito_especial_-_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_014.2023_-_leilao_jardim_do_mulato.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_014.2023_-_leilao_jardim_do_mulato.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER LEILÃO DE BENS MÓVEIS, VEÍCULOS, SUCATAS E MATERIAIS INSERVÍVEIS, ANTIECONÔMICO E INRRECUPERÁVEL DO PODER EXECUTIVO MUNICIPAL E NOMEAÇÃO DA COMISSÃO ESPECIAL DE ORGANIZAÇÃO E AVALIAÇÃO DE ALIENAÇÃO DE BENS MÓVEIS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Moisés Neto</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei__0042023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei__0042023.pdf</t>
   </si>
   <si>
     <t>Proíbe no âmbito do Município de Jardim do Mulato, a cobrança da taxa de religação referente ao serviço de fornecimento de água e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/173/pdf_00115092023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/173/pdf_00115092023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as despesas da Administração Direta e Indireta do município de Jardim do Mulato - PI, para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/174/pdf_00215092023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/174/pdf_00215092023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUÍDO PELA LEI Nº 274, de 23 de dezembro de 2022.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_no_019.2023_-_reversao_bem_imovel_-_ect.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_no_019.2023_-_reversao_bem_imovel_-_ect.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL N° 010/1993 E A REVERSÃO DO BEM IMÓVEL OBJETO DA MENCIONADA LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_017.2023_-_criacao_ouvidoria_-_municipio_jm.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_017.2023_-_criacao_ouvidoria_-_municipio_jm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO MUNICÍPIO DE JARDIM DO MULATO-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_no_018.2023_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_no_018.2023_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a complementar o piso da enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/186/projeto_de_lei_no_020.2023_-_politica_municipal_de_saneamento_basico.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/186/projeto_de_lei_no_020.2023_-_politica_municipal_de_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE JARDIM DO MULATO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_no_021.2023_-_reurb.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_no_021.2023_-_reurb.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA – REURB – NA FORMA DA LEI FEDERAL N. 13.465/2017 NO ÂMBITO DO MUNICÍPIO DE JARDIM DO MULATO-PI E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_no_022.2023_-_estrutura_organica_da_prefeitura.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_no_022.2023_-_estrutura_organica_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações da Lei Complementar Nº 031/2003 de 04 de agosto de 2003 que definiu a estrutura orgânica básica da Prefeitura Municipal de Jardim do Mulato-PI e Revogação das Lei n° 274/2023 e Lei n° 303/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_no_023.2023_-_programa_minha_casa_minha_vida.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_no_023.2023_-_programa_minha_casa_minha_vida.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida conforme disposto na Lei 11.977 de 07 de julho de 2009 e na Medida Provisória 1.162 de 14 de fevereiro de 2023, e também nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_resolucao_-_diarias_camara_municipal.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_resolucao_-_diarias_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de diárias aos vereadores e servidores da Câmara Municipal de Jardim do Mulato-PI, e dá outras providências</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/140/resolucao_no_002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/140/resolucao_no_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as datas e horários das sessões ordinárias da Câmara Municipal de Jardim do Mulato – PI, Exercício 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_resolucao_n_03_2023__regimento_interno-2.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_resolucao_n_03_2023__regimento_interno-2.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 6º do Regimento Interno da Câmara de Vereadores de Jardim do Mulato PI e dá outras providência</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_n_04_2023__regimento_interno_com_justificativa_.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_n_04_2023__regimento_interno_com_justificativa_.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 6º do Regimento Interno da Câmara de Vereadores de Jardim do Mulato-PI e dá outras providências.”</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_001.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_001.pdf</t>
   </si>
   <si>
     <t>Solicita roço das estradas vicinais do Município de Jardim do Mulato</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Hildo</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_002.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_002.pdf</t>
   </si>
   <si>
     <t>Solicitação de informação sobre Contratos de  Transporte Público no Município de Jardim do Mulato - PI</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_003.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_003.docx.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre Processo de licitação para compra de combustíveis para o ano de 2023</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_004.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_004.docx.pdf</t>
   </si>
   <si>
     <t>Solicitação de roço de Estradas vicinais do Município de Jardim do Mulato - PI</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_005.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_005.pdf</t>
   </si>
   <si>
     <t>Solicitação de reposição de Lãmpadas na Comunidade Baixão das Caraíbas</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento-0062023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento-0062023.pdf</t>
   </si>
   <si>
     <t>Requerer a instalação de pontos de WI-FI em pontos estratégicos nas praças públicas da cidade de Jardim do Mulato- PI</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no_007.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Mulatense</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_008.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_008.pdf</t>
   </si>
   <si>
     <t>Solicita reforma no calçamento da Comunidade Baixão das Caraibas</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_009.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_009.pdf</t>
   </si>
   <si>
     <t>Solicita reforma da Avenida Cena no centro de Jardim do Mulato - PI</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_emenda_n_001_2023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_emenda_n_001_2023.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo primeiro e revoga o parágrafo sexto do artigo 39º da Lei orgânica do Município de Jardim do_x000D_
 Mulato-PI e dá outras providências.”</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t xml:space="preserve">COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL </t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/146/parecer_01_da_ccj_.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/146/parecer_01_da_ccj_.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer Favorável ao Projeto de Lei n° 002/2023, de 01 de maço de 2023, que "Altera o artigo 259, § 2º, da lei nº291, de 23 de novembro de 2022</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/147/parecer_02_da_cof.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/147/parecer_02_da_cof.pdf</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/160/parecer_ccj_ao_projeto_de_lei_007_2023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/160/parecer_ccj_ao_projeto_de_lei_007_2023.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer favorável a tramitação do Projeto de Lei 007/2023 que dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o exercicio 2024</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/161/parecer_da_cof_ao_projeto_de_lei_07_2023.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/161/parecer_da_cof_ao_projeto_de_lei_07_2023.pdf</t>
   </si>
   <si>
     <t>Emitir Parecer favorável a aprovação do Projeto de Lei 007/2023 que Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício 2024</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/169/parecer_cljrf_ao_pl_008-2023.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/169/parecer_cljrf_ao_pl_008-2023.docx.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei de autoria do Executivo Municipal, de nº 008/2023 que  Autoriza o Poder executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/170/parecer_da_cof_n__005.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/170/parecer_da_cof_n__005.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 008, de 25 de abril de 2023, que Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências, encaminhado a esta Comissão para análise e parecer.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_ao_projeto_de_lei_do_executivo_no_015.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_ao_projeto_de_lei_do_executivo_no_015.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº015  que Estima a Receita e Fixa as despesas da Administração Direta e lndireta do município de Jardim do_x000D_
 Mulato - Pl, para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_ao_projeto_de_lei_do_executivo_no_016.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_ao_projeto_de_lei_do_executivo_no_016.docx.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº016 que DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL2O22I2O25, INSTITUIDO PELA LEI NO 274, de 23 de dezembro de 2022.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/182/parecer__da_cof_ao_projeto_de_lei_no_015.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/182/parecer__da_cof_ao_projeto_de_lei_no_015.docx.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº015 que Que Estima a Receita e Fixa as despesas da Administração Direta e lndireta do município de Jardim do Mulato - Pl, para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_da_cof_referente_ao_projeto_de_lei_no016.docx.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_da_cof_referente_ao_projeto_de_lei_no016.docx.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº06.  Que DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUÍDO PELA LEI Nº 274, de 23 de dezembro de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1037,68 +1037,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_001.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/185/incidacao_002.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_decreto_legislativo_no01.docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_decreto_legislativo_no02.docx.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_decreto_legislativo_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_n_01.2023_-_adequacao_ao_piso_salarial_-_professores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_-_criacao_de_cargos_camara_de_vereadores2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_002.2023_-_altera_o_artigo_529__2_da_lei_no_291_de_23_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_04_camara.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/143/pdf_00103032023_-_projeto_lei_-_consignacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/148/projeto_de_lei_no_004.2023_-_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/149/projeto_de_lei_no_005.2023_-_cmdca_fmdca.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_lei_no_006.2023_-_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_no_008.2023_-_contratar_operacao_de_credito_com_a_caixa_economica_federal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_no_009.2023_-_denomina_posto_de_saude_seriema.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_o_007.2023_-_ldo_2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_de_lei_camara_-_grafificacao_ao_presidente_da_comissao_de_licitacao-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_no_011.2023_-_politica_municipal_sobre_mudancas_climaticas_-_pmmc.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_no_010.2023_-_licenciamento_ambiental.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_013.2023_-_suplementacao_20__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_012.2023_-_credito_especial_-_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_014.2023_-_leilao_jardim_do_mulato.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei__0042023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/173/pdf_00115092023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/174/pdf_00215092023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_no_019.2023_-_reversao_bem_imovel_-_ect.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_017.2023_-_criacao_ouvidoria_-_municipio_jm.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_no_018.2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/186/projeto_de_lei_no_020.2023_-_politica_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_no_021.2023_-_reurb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_no_022.2023_-_estrutura_organica_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_no_023.2023_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_resolucao_-_diarias_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/140/resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_resolucao_n_03_2023__regimento_interno-2.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_n_04_2023__regimento_interno_com_justificativa_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_004.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento-0062023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_emenda_n_001_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/146/parecer_01_da_ccj_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/147/parecer_02_da_cof.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/160/parecer_ccj_ao_projeto_de_lei_007_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/161/parecer_da_cof_ao_projeto_de_lei_07_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/169/parecer_cljrf_ao_pl_008-2023.docx.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/170/parecer_da_cof_n__005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_ao_projeto_de_lei_do_executivo_no_015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_ao_projeto_de_lei_do_executivo_no_016.docx.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/182/parecer__da_cof_ao_projeto_de_lei_no_015.docx.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_da_cof_referente_ao_projeto_de_lei_no016.docx.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_001.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/185/incidacao_002.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_decreto_legislativo_no01.docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_decreto_legislativo_no02.docx.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_decreto_legislativo_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_n_01.2023_-_adequacao_ao_piso_salarial_-_professores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_-_criacao_de_cargos_camara_de_vereadores2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_002.2023_-_altera_o_artigo_529__2_da_lei_no_291_de_23_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_04_camara.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/143/pdf_00103032023_-_projeto_lei_-_consignacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/148/projeto_de_lei_no_004.2023_-_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/149/projeto_de_lei_no_005.2023_-_cmdca_fmdca.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_lei_no_006.2023_-_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_no_008.2023_-_contratar_operacao_de_credito_com_a_caixa_economica_federal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_no_009.2023_-_denomina_posto_de_saude_seriema.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_o_007.2023_-_ldo_2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_de_lei_camara_-_grafificacao_ao_presidente_da_comissao_de_licitacao-1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_no_011.2023_-_politica_municipal_sobre_mudancas_climaticas_-_pmmc.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_no_010.2023_-_licenciamento_ambiental.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_no_013.2023_-_suplementacao_20__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_012.2023_-_credito_especial_-_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_014.2023_-_leilao_jardim_do_mulato.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei__0042023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/173/pdf_00115092023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/174/pdf_00215092023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_no_019.2023_-_reversao_bem_imovel_-_ect.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_017.2023_-_criacao_ouvidoria_-_municipio_jm.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_lei_no_018.2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/186/projeto_de_lei_no_020.2023_-_politica_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_no_021.2023_-_reurb.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_no_022.2023_-_estrutura_organica_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_no_023.2023_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_resolucao_-_diarias_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/140/resolucao_no_002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_resolucao_n_03_2023__regimento_interno-2.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_n_04_2023__regimento_interno_com_justificativa_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_003.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_004.docx.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento-0062023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_no_008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_emenda_n_001_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/146/parecer_01_da_ccj_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/147/parecer_02_da_cof.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/160/parecer_ccj_ao_projeto_de_lei_007_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/161/parecer_da_cof_ao_projeto_de_lei_07_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/169/parecer_cljrf_ao_pl_008-2023.docx.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/170/parecer_da_cof_n__005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/180/parecer_ao_projeto_de_lei_do_executivo_no_015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/181/parecer_ao_projeto_de_lei_do_executivo_no_016.docx.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/182/parecer__da_cof_ao_projeto_de_lei_no_015.docx.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/materialegislativa/2023/183/parecer_da_cof_referente_ao_projeto_de_lei_no016.docx.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>