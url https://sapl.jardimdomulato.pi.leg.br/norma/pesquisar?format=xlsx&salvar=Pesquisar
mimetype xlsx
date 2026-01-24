--- v0 (2025-10-25)
+++ v1 (2026-01-24)
@@ -10,88 +10,182 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="224">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo Art. 2° da LEI MUNICIPAL Nº 311. DE 08 DE MAIO DE 2023.</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf</t>
+  </si>
+  <si>
+    <t>PROÍBE NO ÂMBITO DO MUNICÍPIO DE JARDIM_x000D_
+DO MULATO, A COBRANÇA DA TAXA DE_x000D_
+RELIGAÇÃO REFERENTE AO SERVIÇO DE_x000D_
+FORNECIMENTO DE ÁGUA E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade, no Âmbito do_x000D_
+Munícipio de Jardim do Mulato, das empresas_x000D_
+concessionárias, permissionárias ou terceirizadas de_x000D_
+serviços públicos de oferecerem aos seus_x000D_
+consumidores opções de quitações de débitos_x000D_
+pendentes, antes da suspensão de serviços, e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf</t>
+  </si>
+  <si>
+    <t>Altera a estrutura Organizacional e o quadro demonstrativo de Cargos em Comissão da Secretaria Municipal de Saúde, disciplinados na Lei: 328/2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Estima a Receita e Fixa as despesas da Administração Direta e Indireta do município de Jardim do Mulato - PI, para o Exercício Financeiro de 2.026.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Jardim do Mulato-PI, para o Período 2026 a 2029 e da outras providências.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO - COMTUR E O FUNDO MUNICIPAL DO TURISMO - FUMTUR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>42</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>348</t>
   </si>
   <si>
-    <t>LEI</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE  A  DENOMINAÇÃO  DA  RUA RAIMUNDO  VERÍSSIMO E  DÁ  OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA ANTÔNIO  JOSÉ  SOARES E  DÁ  OUTRAS PROVIDÊNCIAS)".</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf</t>
@@ -550,50 +644,65 @@
     <t>10</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste do piso nacional salarial dos profissionais do magistério público da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 231 de 18 de dezembro de 2017, que dispõe sobre o pagamento de diárias a servidores municipais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Direitos da Pessoa Idosa, do Fundo Municipal de Direitos da Pessoa Idosa e dá outras Providências</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Institui o regime juridico único e o estatuto dos Servidores Publicos do Município de Jardim do Mulato - PI.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
@@ -930,56 +1039,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G45"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1115,965 +1224,1157 @@
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="1" t="s">
+      <c r="G8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
         <v>39</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="G9" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>43</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
         <v>47</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="G11" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
         <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" t="s">
         <v>76</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="1" t="s">
+      <c r="G18" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" t="s">
         <v>80</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D19" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="1" t="s">
+      <c r="G19" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" t="s">
         <v>84</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" t="s">
         <v>92</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
         <v>100</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C25" t="s">
         <v>105</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G25" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>108</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C26" t="s">
         <v>109</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G26" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>112</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C27" t="s">
         <v>113</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G27" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>116</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C28" t="s">
         <v>117</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G28" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>120</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C29" t="s">
         <v>121</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G29" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G32" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C38" t="s">
         <v>156</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G38" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C39" t="s">
         <v>160</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>161</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
         <v>164</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="G40" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
         <v>168</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G41" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>172</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="G42" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>175</v>
       </c>
       <c r="B43" t="s">
+        <v>104</v>
+      </c>
+      <c r="C43" t="s">
         <v>176</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" t="s">
         <v>180</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C44" t="s">
+      <c r="G44" t="s">
         <v>182</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>104</v>
+      </c>
+      <c r="C45" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B45" t="s">
+      <c r="G45" t="s">
         <v>186</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" t="s">
         <v>187</v>
       </c>
-      <c r="E45" t="s">
+      <c r="B46" t="s">
+        <v>104</v>
+      </c>
+      <c r="C46" t="s">
         <v>188</v>
       </c>
-      <c r="F45" s="1" t="s">
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="G45" t="s">
+      <c r="G46" t="s">
         <v>190</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>104</v>
+      </c>
+      <c r="C47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G47" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" t="s">
+        <v>104</v>
+      </c>
+      <c r="C48" t="s">
+        <v>196</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G48" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" t="s">
+        <v>200</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="G49" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="G50" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" t="s">
+        <v>209</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="G51" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="G52" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" t="s">
+        <v>191</v>
+      </c>
+      <c r="D53" t="s">
+        <v>220</v>
+      </c>
+      <c r="E53" t="s">
+        <v>221</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="G53" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
     <hyperlink ref="F37" r:id="rId36"/>
     <hyperlink ref="F38" r:id="rId37"/>
     <hyperlink ref="F39" r:id="rId38"/>
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
+    <hyperlink ref="F46" r:id="rId45"/>
+    <hyperlink ref="F47" r:id="rId46"/>
+    <hyperlink ref="F48" r:id="rId47"/>
+    <hyperlink ref="F49" r:id="rId48"/>
+    <hyperlink ref="F50" r:id="rId49"/>
+    <hyperlink ref="F51" r:id="rId50"/>
+    <hyperlink ref="F52" r:id="rId51"/>
+    <hyperlink ref="F53" r:id="rId52"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>