--- v1 (2026-01-24)
+++ v2 (2026-03-13)
@@ -48,691 +48,691 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf</t>
   </si>
   <si>
     <t>Altera o artigo Art. 2° da LEI MUNICIPAL Nº 311. DE 08 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf</t>
   </si>
   <si>
     <t>PROÍBE NO ÂMBITO DO MUNICÍPIO DE JARDIM_x000D_
 DO MULATO, A COBRANÇA DA TAXA DE_x000D_
 RELIGAÇÃO REFERENTE AO SERVIÇO DE_x000D_
 FORNECIMENTO DE ÁGUA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, no Âmbito do_x000D_
 Munícipio de Jardim do Mulato, das empresas_x000D_
 concessionárias, permissionárias ou terceirizadas de_x000D_
 serviços públicos de oferecerem aos seus_x000D_
 consumidores opções de quitações de débitos_x000D_
 pendentes, antes da suspensão de serviços, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf</t>
   </si>
   <si>
     <t>Altera a estrutura Organizacional e o quadro demonstrativo de Cargos em Comissão da Secretaria Municipal de Saúde, disciplinados na Lei: 328/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf</t>
   </si>
   <si>
     <t>EMENTA: Estima a Receita e Fixa as despesas da Administração Direta e Indireta do município de Jardim do Mulato - PI, para o Exercício Financeiro de 2.026.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Jardim do Mulato-PI, para o Período 2026 a 2029 e da outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO - COMTUR E O FUNDO MUNICIPAL DO TURISMO - FUMTUR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE  A  DENOMINAÇÃO  DA  RUA RAIMUNDO  VERÍSSIMO E  DÁ  OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA ANTÔNIO  JOSÉ  SOARES E  DÁ  OUTRAS PROVIDÊNCIAS)".</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DA RUA JOSÉ GOMES  VILANOVA E  DÁ  OUTRAS PROVIDÊNCIAS)".</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf</t>
   </si>
   <si>
     <t>"DISPÕE  SOBRE  A  DENOMINAÇÃO  DA  RUA JOANA  VILANOVA E  DÁ  OUTRAS PROVIDÊNCIAS)".</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o Exercício Financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf</t>
   </si>
   <si>
     <t>PROÍBE A EMISSÃO DE RUÍDOS EXCESSIVOS EM ESCAPAMENTOS DE VEÍCULOS MOTO CICLÍSTICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O SALÃO DO LIVRO DO MULATO (SALIM), EVENTO ANUAL DE INCENTIVO À LEITURA, NAS ESCOLAS MUNICIPAIS DE JARDIM DO MULATO, PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf</t>
   </si>
   <si>
     <t>Modifica, inclui, exclui e/ou acrescenta artigos, parágrafos e incisos à Lei Orgânica do Município de Jardim do Mulato - PI.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf</t>
   </si>
   <si>
     <t>Denomina de Cícero Gomes da Silva o Ginásio Poliesportivo da Comunidade Mangabeira, Zona rural de Jardim do Mulato - PI</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf</t>
   </si>
   <si>
     <t>Fixa o subsidio dos vereadores e Presidente da Câmara de Jardim do Mulato - PI, para o Quadriênio 2025-2028</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária para o Exercício Financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do incentivo do componente de qualidade  voltado aos profissionais eSF, eSB, eMULTI e IAF vinculados a Atenção Primária à Saúde do município de Jardim do Mulato/PI, com recursos financeiros advindos do cofinanciamento federal, e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicativo de projeto de Lei que nomeia a praça da Comunidade Caldeirão</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Reajuste ao Subsídio do Prefeito, Vice-Prefeito, Secretários Municipais e demais servidores.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para contratação temporária de pessoal para atender excepcional interesse público do poder executivo – nos termos do que prevê o inciso IX, do Artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do piso salarial dos profissionais do magistério público do Município de Jardim do Mulato – PI, na forma que especifica.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações da Lei Complementar Nº 031/2003 de 04 de agosto de 2003 que definiu a estrutura orgânica básica da Prefeitura Municipal de Jardim do Mulato-PI e Revogação das Lei n° 274/2023 e Lei n° 303/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de Contrapartida Municipal para implementar o Programa Minha Casa Minha Vida conforme disposto na Lei 11.977 de 07 de julho de 2009 e na Medida Provisória 1.162 de 14 de fevereiro de 2023, e também nas disposições das instruções normativas do Ministério das Cidades, e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA – REURB – NA FORMA DA LEI FEDERAL N. 13.465/2017 NO ÂMBITO DO MUNICÍPIO DE JARDIM DO MULATO-PI E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE JARDIM DO MULATO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf</t>
   </si>
   <si>
     <t>Proíbe no âmbito do Município de Jardim do Mulato, a cobrança da taxa de religação referente ao serviço de fornecimento de água e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL N° 010/1993 E A REVERSÃO DO BEM IMÓVEL OBJETO DA MENCIONADA LEI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO MUNICÍPIO DE JARDIM DO MULATO-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a complementar o piso da enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER LEILÃO DE BENS MÓVEIS, VEÍCULOS, SUCATAS E MATERIAIS INSERVÍVEIS, ANTIECONÔMICO E INRRECUPERÁVEL DO PODER EXECUTIVO MUNICIPAL E NOMEAÇÃO DA COMISSÃO ESPECIAL DE ORGANIZAÇÃO E AVALIAÇÃO DE ALIENAÇÃO DE BENS MÓVEIS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo Municipal a abrir Crédito Adicional Suplementar em mais 20% (vinte por cento) do Orçamento-Programa vigente, para o fim a que se destina.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal sobre Mudanças Climáticas - PMMC, e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Licenciamento Ambiental no município de Jardim do Mulato e dá outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf</t>
   </si>
   <si>
     <t>Regulamenta a gratificação destinada ao Presidente da Comissão Permanente de Licitação da casa legislativa, e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Posto de Saúde localizado no Povoado Seriema, município de Jardim do Mulato-PI.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da denominação do imóvel CENTRO CULTURAL MUNICIPAL RAIMUNDO DA COSTA VELOSO passando a ser denominado CENTRO DE REFERÊNCIA À ASSISTÊNCIA SOCIAL RAIMUNDO DA COSTA VELOSO, e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente de Jardim do Mulato/PI e dá outras providencias.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf</t>
   </si>
   <si>
     <t>Normatiza a execução, no município de Jardim do Mulato - PI, do Incentivo de Desempenho previsto na Portaria nº 2.979, de 12 de novembro de 2019, do Ministério da Saúde, voltado aos profissionais das equipes de saúde da família – Esf, Esb/Multiprofissionais, Técnico de Informatização/TI e Coordenação da Atenção Básica, vinculados a Atenção Primária à Saúde, com recursos financeiros advindos do Programa Previne Brasil, e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf</t>
   </si>
   <si>
     <t>Regulamenta a gratificação do CONTROLADOR GERAL da Casa Legislativa, reajusta os vencimentos do TESOUREIRO da Câmara Municipal de Jardim do Mulato-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf</t>
   </si>
   <si>
     <t>Altera a Lei N° 218/2016 que dispõe sobre a regularização do quadro funcional e organizacional da Câmara Municipal de Jardim do Mulato-PI e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 529, § 2°, da Lei nº 291, de 23 de novembro de 2022.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com instituições bancárias ou de cooperativas de crédito para concessão de empréstimos consignados aos servidores públicos municipais, conforme especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de cargo comissionado no Município de Jardim do Mulato – PI e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste do piso nacional salarial dos profissionais do magistério público da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 231 de 18 de dezembro de 2017, que dispõe sobre o pagamento de diárias a servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Direitos da Pessoa Idosa, do Fundo Municipal de Direitos da Pessoa Idosa e dá outras Providências</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Institui o regime juridico único e o estatuto dos Servidores Publicos do Município de Jardim do Mulato - PI.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>LEI ORGÃNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf</t>
+    <t>http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orgânica Municipal do Município de Jardim do Mulato - PI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1039,51 +1039,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/52/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_353_2025_df017f55-ae73-4368-91c6-969d73650138_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/50/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_355_2025_fb6a3d16-a73a-4d82-abae-497840353695.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/49/dop_edicao__13-1-2026_ed_1143_prefeitura_jardim_do_mulato_leis_lei_n_354_2025_50930b6d-0f23-4cb5-b93e-4715c18669e3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/51/dop_edicao__22-12-2025_ed_1129_prefeitura_jardim_do_mulato_leis_lei_municipal_n_352_2025_6ff53b1d-c9b9-48a4-818b-491441ddaaa0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/47/dop_edicao__3-12-2025_ed_1117_prefeitura_jardim_do_mulato_leis_orcamentarias_loa_2026_935f8087-58cd-4975-a90b-cab85dc67d1d.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/46/dop_edicao__1-12-2025_ed_1115_prefeitura_jardim_do_mulato_leis_orcamentarias_lei_350_ppa_2026_2029_dd0a678c-e99b-4cfe-8cfd-db655b977e31.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/45/dop_edicao__9-9-2025_ed_1057_prefeitura_jardim_do_mulato_leis_lei_n_349_2025_institui_o_comtur_e_fumtur_6a1ab940-7fd3-4825-9009-9306bf2501d1_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/42/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_348_2025_denominacao_da_rua_raimundo_verissimo_39109ce1-91eb-4382-996f-3caa3ad2fc76.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/41/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_347_2025_denominacao_da_rua_antonio_jose_soares_b9ad2915-9f40-44f8-a2f9-0b3bc68a6a6f.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/40/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_346_2025_denominacao_da_rua_jose_gomes_vilanova_e22dd081-631e-4e6b-87ce-3ed03c8496ef.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/39/dop_edicao__26-8-2025_ed_1047_prefeitura_jardim_do_mulato_leis_lei_n_345_2025_denominacao_da_rua_joana_vilanova_083a909a-cf6c-4917-bf91-bbdf92d86f50.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/43/dop_edicao__18-6-2025_ed_999_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_n_344_2025_e61cb212-6d85-4485-8957-b314e64d24f0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2025/44/dop_edicao__24-3-2025_ed_941_prefeitura_jardim_do_mulato_leis_lei_n_342_2025_proibe_a_emissao_de_ruidos_excessivos_em_escapamentos_de_veiculos_moto_cic_69398df5-cac9-4bf4-a9ca-c3bc8d6cb645_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/38/dop_edicao__12-12-2024_ed_873_prefeitura_jardim_do_mulato_leis_lei_n_338_2024_salao_do_livro_do_mulato_salim_5014dd0a-8119-4510-919c-b04fed16e911.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/36/dop_edicao__30-9-2024_ed_822_prefeitura_jardim_do_mulato_leis_lei_n_337_7fcb0c08-9229-40a5-941f-b5b1bfa5fb96.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/32/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_332_2024_denomina_de_cicero_gomes_da_silva_o_ginasio_poliesportivo_d692684f-c8d0-4db7-a21a-d3ca25378fd4.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/35/dop_edicao__20-9-2024_ed_816_prefeitura_jardim_do_mulato_leis_lei_n_336_7533b16a-65b3-4903-8cb1-28e14fd3ee74.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/37/dop_edicao__8-8-2024_ed_785_prefeitura_jardim_do_mulato_leis_de_diretrizes_orcamentarias_ldo_335_2024_lei_e_anexos_para_2025_5f1847de-cbc5-4ce0-ad10-bdbbe7fe2121.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/34/dop_edicao__28-6-2024_ed_756_prefeitura_jardim_do_mulato_leis_lei_n_334_2024_incentivo_do_componente_de_qualidade_0d047afe-8eeb-4203-bc48-820c64751909.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/33/dop_edicao__27-5-2024_ed_732_prefeitura_jardim_do_mulato_leis_lei_municipal_n_333_2024_dispoe_de_clemilton_lima_de_sousa_a_praca_da_comunidade_caldeira_2bbe7b66-9176-40dd-b39a-0b41035bfdef_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/31/dop_edicao__24-5-2024_ed_731_prefeitura_jardim_do_mulato_leis_lei_municipal_n_331_2024_a355a097-e5a5-42a6-b29a-3b1200dcd568_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/29/dop_edicao__26-3-2024_ed_691_prefeitura_jardim_do_mulato_leis_lei_n_330_2024_contratacao_de_servidores_temporarios_6c892372-70f0-405e-95aa-85fb5925c804.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2024/28/dop_edicao__19-3-2024_ed_686_prefeitura_jardim_do_mulato_leis_lei_n_329_2024_piso_salarial_dos_profissionais_do_magisterio_a61c674f-6096-42be-ac0b-36499994f123_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/26/dop_edicao__28-12-2023_ed_631_prefeitura_jardim_do_mulato_leis_lei_n_328_2023_estrutura_organica_e77c8b9e-9350-4a23-bc2d-2ca9c5368545.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/25/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_327_2023_programa_minha_casa_minha_vida_22536053-5f51-49e2-bc8f-c3e7335ade5c.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/24/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_326_2023_regularizacao_fundiaria_urbana_reurb_69acf34a-e94e-415c-89e8-f0d771f8e870.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/23/dop_edicao__19-12-2023_ed_625_prefeitura_jardim_do_mulato_leis_lei_n_325_2023_politica_municipal_de_saneamento_basico_8a2a6fa7-0dab-4ec0-9899-ce9a83cb4f16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/22/dop_edicao__22-11-2023_ed_607_prefeitura_jardim_do_mulato_leis_lei_n_322_2023_contratar_operacao_de_credito_cef_fa1c7271-d3fc-43b0-bbf8-4b4dc4dd4039.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/21/dop_edicao__17-10-2023_ed_584_prefeitura_jardim_do_mulato_leis_lei_n_321_2023_cobranca_de_religacao_agespisa_2049e91f-89e4-4884-b02f-fc21b8db6027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/20/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_320_2023_reversao_bem_imovel_c3a6cb88-8e83-459c-a394-fc2b5625b723.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/19/dop_edicao__10-10-2023_ed_580_prefeitura_jardim_do_mulato_leis_lei_n_319_2023_ouvidoria_municipal_8f41b127-484d-4363-ab33-06fb0a39da43.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/18/dop_edicao__26-9-2023_ed_570_prefeitura_jardim_do_mulato_leis_lei_n_318_2023_58810879-5703-416e-b585-f6f42bb216ee.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/17/dop_edicao__8-8-2023_ed_536_prefeitura_jardim_do_mulato_leis_lei_n_317_2023_leilao_3c440468-ce1a-4101-9f8e-6aa444b85864.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/16/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_316_2023_5e04b4a3-4780-4ed4-ad71-0d39a05d9b43.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/15/dop_edicao__9-8-2023_ed_537_prefeitura_jardim_do_mulato_leis_lei_n_315_2023_lpg_2adc1470-cf75-45bc-a1b8-e9c89b685f87.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/14/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_314_2023_politica_municipal_sobre_mudancas_climaticas_pmmc_8b50c6ba-22a7-49bc-be68-deac6b01dff6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/13/dop_edicao__7-6-2023_ed_493_prefeitura_jardim_do_mulato_leis_lei_n_313_2023_licenciamento_ambiental_5c3fefb6-0826-49b9-a9ad-3d3d7c0db96e.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/12/dop_edicao__10-5-2023_ed_473_prefeitura_jardim_do_mulato_leis_lei_n_311_2023_gratificacao_a_cpl_d392abae-4bfe-46c3-a851-88f72b6a00b4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/11/dop_edicao__4-5-2023_ed_469_prefeitura_jardim_do_mulato_leis_lei_n_310_2023_denomina_posto_de_saude_joao_gomes_da_silva_d1008705-12ef-44fc-af9e-1275eab1dcbe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/8/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_309_2023_centro_de_referencia_a_assistencia_social_raimundo_da_costa_veloso_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/7/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_308_2023_cmdca_fmdca_b241102c-9bf0-452e-be80-0c6f501cf5c6-1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/6/dop_edicao__4-4-2023_ed_451_prefeitura_jardim_do_mulato_leis_lei_n_307_2023_desempenho_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/5/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_306_2023_regulamenta_a_gratificacao_do_controlador_e_reajusta_o_vencimento_do_tesou.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/4/do04681.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/3/dop_edicao__27-3-2023_ed_445_prefeitura_jardim_do_mulato_leis_lei_n_304_2023_altera_o_artigo_529_2_da_lei_n_291_de_23_de_novembro_de_2022_6b1f5f16-2178-463d-88d3-334de1c6ea0d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/1/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_302_2023_consignado_3bdcdbba-c3bd-4c4a-8dc4-033f70cde434.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/2/dop_edicao__16-3-2023_ed_438_prefeitura_jardim_do_mulato_leis_lei_n_303_2023_criacao_de_cargo_comissionado_psicopedagogia_educacional.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/10/dop_edicao__14-2-2023_ed_419_prefeitura_jardim_do_mulato_leis_lei_municipal_n_301_2023_reajuste_do_piso_salarial_dos_professores_9bd41374-e5cf-40f7-95f8-0be3f3ecb61e.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2023/9/do49f31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2021/48/dop_edicao__10-11-2025_ed_1101_prefeitura_jardim_do_mulato_leis_lei_n_262_2021_3d0e5619-7053-4ab6-a225-dd30c7828852.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_165_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.jardimdomulato.pi.leg.br/media/sapl/public/normajuridica/1993/30/copia_lei_organica_jardim_do_mulato_pi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>